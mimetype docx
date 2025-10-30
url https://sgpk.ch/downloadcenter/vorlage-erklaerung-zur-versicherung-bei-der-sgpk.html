--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -15,178 +15,211 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="SGPKTabelle2ohneRahmen10Pt"/>
         <w:tblW w:w="8080" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3855"/>
         <w:gridCol w:w="4225"/>
       </w:tblGrid>
       <w:tr w:rsidR="002638E7" w:rsidRPr="00BD09F9" w14:paraId="16129470" w14:textId="77777777" w:rsidTr="002638E7">
         <w:trPr>
           <w:trHeight w:val="1361"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1528060442"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="AC2BE1330A3346AF9BC870F64CF72CD8"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3855" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="21CE1E1D" w14:textId="77777777" w:rsidR="002638E7" w:rsidRPr="00BD09F9" w:rsidRDefault="00B95D65" w:rsidP="00B95D65">
+              <w:p w14:paraId="21CE1E1D" w14:textId="40B5D417" w:rsidR="002638E7" w:rsidRPr="00BD09F9" w:rsidRDefault="00B95D65" w:rsidP="00B95D65">
                 <w:pPr>
                   <w:spacing w:line="260" w:lineRule="atLeast"/>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                   </w:rPr>
-                  <w:t>Hier die Adresse der Arbeitgeberin/des Arbeigebers eintragen; mit der Tabulatortaste gelangen Sie direkt zum nächsten Eingabefeld</w:t>
+                  <w:t>Hier die Adresse der Arbeitgeberin</w:t>
+                </w:r>
+                <w:r w:rsidR="00BB4277">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> bzw. </w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                  </w:rPr>
+                  <w:t>des Arbei</w:t>
+                </w:r>
+                <w:r w:rsidR="00BB4277">
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                  </w:rPr>
+                  <w:t>t</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Platzhaltertext"/>
+                  </w:rPr>
+                  <w:t>gebers eintragen; mit der Tabulatortaste gelangen Sie direkt zum nächsten Eingabefeld</w:t>
                 </w:r>
                 <w:r w:rsidRPr="00252E9B">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4225" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B6613CD" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="002638E7" w:rsidP="00686542">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="atLeast"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61D554FE" w14:textId="7A283A8D" w:rsidR="000109C6" w:rsidRPr="008063C3" w:rsidRDefault="006E1A49" w:rsidP="000109C6">
+    <w:p w14:paraId="61D554FE" w14:textId="339192EB" w:rsidR="000109C6" w:rsidRPr="008063C3" w:rsidRDefault="00A210B7" w:rsidP="000109C6">
       <w:pPr>
         <w:pStyle w:val="Datum"/>
         <w:spacing w:before="600"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1526245236"/>
           <w:lock w:val="sdtLocked"/>
           <w:placeholder>
             <w:docPart w:val="7566CF8D1840401C94A9D02A144D0460"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B95D65" w:rsidRPr="00C61215">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Ort</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="000109C6">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00353144">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00353144">
         <w:instrText xml:space="preserve"> CREATEDATE  \@ "d. MMMM yyyy"  \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00353144">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007D7CA8">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>31. Mai 2024</w:t>
+        <w:t>7. August 2025</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00353144">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="502A78FA" w14:textId="77777777" w:rsidR="000109C6" w:rsidRPr="00270476" w:rsidRDefault="000109C6" w:rsidP="000109C6">
+    <w:p w14:paraId="502A78FA" w14:textId="12844654" w:rsidR="000109C6" w:rsidRPr="00270476" w:rsidRDefault="000109C6" w:rsidP="000109C6">
       <w:pPr>
         <w:spacing w:before="280" w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Erklärung zur Versicherung bei der sgpk</w:t>
+        <w:t>Erklärung zur Versicherung bei der</w:t>
+      </w:r>
+      <w:r w:rsidR="00353144">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>St.Galler Pensionskasse</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="KlassischeTabelle"/>
         <w:tblW w:w="7795" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2785"/>
         <w:gridCol w:w="4989"/>
         <w:gridCol w:w="21"/>
       </w:tblGrid>
       <w:tr w:rsidR="0056652B" w:rsidRPr="00D70FB3" w14:paraId="09287792" w14:textId="77777777" w:rsidTr="00DB7986">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="21" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
           </w:tcPr>
@@ -299,53 +332,53 @@
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5010" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="2B9EEF1D" w14:textId="77777777" w:rsidR="0056652B" w:rsidRPr="00D70FB3" w:rsidRDefault="00B95D65" w:rsidP="00B95D65">
                 <w:pPr>
                   <w:spacing w:line="260" w:lineRule="atLeast"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00252E9B">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                   </w:rPr>
                   <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="0056652B" w:rsidRPr="00D70FB3" w14:paraId="165EB52B" w14:textId="77777777" w:rsidTr="00DB7986">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2785" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60825968" w14:textId="77777777" w:rsidR="0056652B" w:rsidRPr="00D70FB3" w:rsidRDefault="0056652B" w:rsidP="00761993">
-[...1 lines deleted...]
-              <w:t>Sozialversicherungsnummer</w:t>
+          <w:p w14:paraId="60825968" w14:textId="3634D26B" w:rsidR="0056652B" w:rsidRPr="00D70FB3" w:rsidRDefault="00353144" w:rsidP="00761993">
+            <w:r>
+              <w:t>AHV-Nummer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="717318976"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="6BD68C9A5B874C1F9393C7F44441D62C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5010" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="03ACC719" w14:textId="77777777" w:rsidR="0056652B" w:rsidRPr="00D70FB3" w:rsidRDefault="00B95D65" w:rsidP="00B95D65">
                 <w:pPr>
                   <w:spacing w:line="260" w:lineRule="atLeast"/>
                 </w:pPr>
                 <w:r w:rsidRPr="00252E9B">
@@ -379,295 +412,337 @@
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5010" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="520CA165" w14:textId="77777777" w:rsidR="00DB7986" w:rsidRPr="00D70FB3" w:rsidRDefault="00B95D65" w:rsidP="00B95D65">
                 <w:r w:rsidRPr="00252E9B">
                   <w:rPr>
                     <w:rStyle w:val="Platzhaltertext"/>
                   </w:rPr>
                   <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7CF3601D" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="002638E7" w:rsidP="002638E7"/>
-    <w:p w14:paraId="1FBB30DF" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="002638E7" w:rsidP="002638E7">
+    <w:p w14:paraId="019D1E19" w14:textId="18B68DBC" w:rsidR="006E4822" w:rsidRDefault="006E4822" w:rsidP="002638E7">
+      <w:r w:rsidRPr="006E4822">
+        <w:t>Mit meiner Unterschrift bestätige ich nachfolgende Angaben zur Versicherung bei der St.Galler Pensionskasse (sgpk):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11DE7A5C" w14:textId="77777777" w:rsidR="006E4822" w:rsidRDefault="006E4822" w:rsidP="002638E7"/>
+    <w:p w14:paraId="1E9D5EB6" w14:textId="25C93057" w:rsidR="006E4822" w:rsidRDefault="00F53F03" w:rsidP="006E4822">
+      <w:pPr>
+        <w:pStyle w:val="Sidebar-Textblau"/>
+        <w:framePr w:wrap="around"/>
+      </w:pPr>
       <w:r>
-        <w:t>Mit Unterzeichnung dieser Erklärung zur Versicherung bei der sgpk bestätige ich, dass</w:t>
+        <w:t>Übersicht</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4822">
+        <w:t xml:space="preserve"> der angeschlossenen Arbeitgebenden siehe sgpk-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>Jahresrechnung</w:t>
+      </w:r>
+      <w:r w:rsidR="006E4822">
+        <w:t xml:space="preserve"> unter </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="006E4822" w:rsidRPr="00AD53B4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="System"/>
+          </w:rPr>
+          <w:t>www.sgpk.ch</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006E4822">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E4822">
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidR="006E4822">
+        <w:t xml:space="preserve"> Downloadcenter</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Geschäftsberichte</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="SGPKTabelle3ohneRahmen10Pt"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002638E7" w:rsidRPr="00EA5654" w14:paraId="5B2FEDEE" w14:textId="77777777" w:rsidTr="00761993">
+      <w:tr w:rsidR="002638E7" w:rsidRPr="00EA5654" w14:paraId="184B6A09" w14:textId="77777777" w:rsidTr="00761993">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6B4EAA0F" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="006E1A49" w:rsidP="00761993">
+          <w:p w14:paraId="327FC200" w14:textId="4C709FCA" w:rsidR="006E4822" w:rsidRDefault="00A210B7" w:rsidP="006E4822">
             <w:pPr>
               <w:pStyle w:val="CheckboxText10Pt"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1145420382"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B95D65">
+                <w:r w:rsidR="006E4822">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="002638E7" w:rsidRPr="00EA5654">
+            <w:r w:rsidR="006E4822" w:rsidRPr="00EA5654">
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002638E7">
-              <w:t>ich von keiner anderen</w:t>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
+              <w:t xml:space="preserve">Ich erhalte keinen AHV-pflichtigen Lohn von einer weiteren </w:t>
             </w:r>
-            <w:r w:rsidR="002638E7" w:rsidRPr="002D24CA">
-              <w:t xml:space="preserve"> der sgpk angeschlossene</w:t>
+            <w:r w:rsidR="006E4822">
+              <w:t>Arbeitgeberin</w:t>
             </w:r>
-            <w:r w:rsidR="002638E7">
-              <w:t>n</w:t>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
+              <w:t xml:space="preserve"> oder</w:t>
             </w:r>
-            <w:r w:rsidR="002638E7" w:rsidRPr="002D24CA">
-              <w:t xml:space="preserve"> Arbeitgebende</w:t>
+            <w:r w:rsidR="006E4822">
+              <w:br/>
             </w:r>
-            <w:r w:rsidR="002638E7">
-              <w:t>n</w:t>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
+              <w:t xml:space="preserve">einem weiteren </w:t>
             </w:r>
-            <w:r w:rsidR="002638E7" w:rsidRPr="002D24CA">
+            <w:r w:rsidR="006E4822">
+              <w:t>Arbeitgeber</w:t>
+            </w:r>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:t>welche</w:t>
+            </w:r>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
+              <w:t xml:space="preserve"> b</w:t>
+            </w:r>
+            <w:r>
+              <w:t>eziehungsweise</w:t>
+            </w:r>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002638E7">
-              <w:t>(</w:t>
+            <w:r>
+              <w:t>welcher</w:t>
             </w:r>
-            <w:r w:rsidR="002638E7" w:rsidRPr="002D24CA">
-              <w:t xml:space="preserve">siehe </w:t>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
+              <w:t xml:space="preserve"> der sgpk angeschlossen ist</w:t>
             </w:r>
-            <w:r w:rsidR="002638E7">
-[...8 lines deleted...]
-            <w:r w:rsidR="002638E7" w:rsidRPr="002D24CA">
+            <w:r w:rsidR="006E4822">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43DEF37D" w14:textId="77777777" w:rsidR="002638E7" w:rsidRPr="00EA5654" w:rsidRDefault="002638E7" w:rsidP="00761993">
+          <w:p w14:paraId="2BB6ECBC" w14:textId="77777777" w:rsidR="006E4822" w:rsidRDefault="006E4822" w:rsidP="00761993">
             <w:pPr>
               <w:pStyle w:val="CheckboxText10Pt"/>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...6 lines deleted...]
-          <w:p w14:paraId="58C7B666" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="006E1A49" w:rsidP="00761993">
+          <w:p w14:paraId="58C7B666" w14:textId="563CC2EE" w:rsidR="002638E7" w:rsidRDefault="00A210B7" w:rsidP="00761993">
             <w:pPr>
               <w:pStyle w:val="CheckboxText10Pt"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-1467745372"/>
+                <w:id w:val="1272044611"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B95D65">
+                <w:r w:rsidR="006E4822">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="002638E7" w:rsidRPr="00EA5654">
+            <w:r w:rsidR="006E4822" w:rsidRPr="00EA5654">
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002638E7">
-              <w:t xml:space="preserve">ich </w:t>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
+              <w:t>Ich bin bereits bei der sgpk versichert</w:t>
             </w:r>
-            <w:r w:rsidR="002638E7" w:rsidRPr="002D24CA">
-[...12 lines deleted...]
-              <w:t>).</w:t>
+            <w:r w:rsidR="006E4822">
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00AD5953" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="002638E7" w:rsidP="00761993">
+          <w:p w14:paraId="175F6FB9" w14:textId="77777777" w:rsidR="006E4822" w:rsidRDefault="006E4822" w:rsidP="00761993">
             <w:pPr>
               <w:pStyle w:val="CheckboxText10Pt"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="154878B5" w14:textId="0C6E9ADF" w:rsidR="002638E7" w:rsidRPr="005B0B87" w:rsidRDefault="006E1A49" w:rsidP="00761993">
+          <w:p w14:paraId="154878B5" w14:textId="5232C668" w:rsidR="002638E7" w:rsidRPr="005B0B87" w:rsidRDefault="00A210B7" w:rsidP="006E4822">
             <w:pPr>
               <w:pStyle w:val="CheckboxText10Pt"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-486709684"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B95D65">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002638E7" w:rsidRPr="00EA5654">
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002638E7">
-              <w:t>ich</w:t>
+            <w:r w:rsidR="006E4822">
+              <w:t>I</w:t>
             </w:r>
-            <w:r w:rsidR="002638E7" w:rsidRPr="002D24CA">
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
+              <w:t xml:space="preserve">ch bin zusätzlich bei weiteren </w:t>
+            </w:r>
+            <w:r w:rsidR="006E4822">
+              <w:t xml:space="preserve">der sgpk angeschlossenen </w:t>
+            </w:r>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
+              <w:t xml:space="preserve">Arbeitgebenden angestellt und möchte den AHV-pflichtigen Lohn – sofern </w:t>
+            </w:r>
+            <w:r>
+              <w:t>es das sgpk-Vorsorgereglement</w:t>
+            </w:r>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002638E7">
-              <w:t xml:space="preserve">weitere der sgpk angeschlossene Arbeitgebende habe und </w:t>
+            <w:r>
+              <w:t>zulässt</w:t>
             </w:r>
-            <w:r w:rsidR="002638E7" w:rsidRPr="002D24CA">
-              <w:t>die AHV-pflichtige Entschädigung bei der sgpk</w:t>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
+              <w:t xml:space="preserve"> –</w:t>
             </w:r>
-            <w:r w:rsidR="002638E7" w:rsidRPr="00C47AE4">
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002638E7" w:rsidRPr="002D24CA">
-              <w:t>versicher</w:t>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
+              <w:t>bei der sgpk versichern (</w:t>
             </w:r>
-            <w:r w:rsidR="002638E7">
-[...6 lines deleted...]
-              <w:t>chtige Entschädigung aller bei der sgpk angeschlossenen Arbeitgebenden zusammen: CHF 1</w:t>
+            <w:r w:rsidR="00D970F9">
+              <w:t>Voraussetzung: AHV-pflichtiger Lohn von mindestens</w:t>
             </w:r>
             <w:r>
-              <w:t>5</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002638E7" w:rsidRPr="00C12FAA">
-              <w:t>'</w:t>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
+              <w:t>15'120</w:t>
             </w:r>
             <w:r>
-              <w:t>12</w:t>
+              <w:t xml:space="preserve"> Franken</w:t>
             </w:r>
-            <w:r w:rsidR="002638E7">
-[...3 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
+              <w:t xml:space="preserve"> über alle Arbeitsverhältnisse hinweg).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002638E7" w:rsidRPr="00EA5654" w14:paraId="5C8DEB18" w14:textId="77777777" w:rsidTr="00761993">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="202F95AE" w14:textId="77777777" w:rsidR="002638E7" w:rsidRPr="005B0B87" w:rsidRDefault="002638E7" w:rsidP="00761993">
             <w:pPr>
               <w:pStyle w:val="CheckboxText10Pt"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4B80E6BA" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="002638E7" w:rsidP="002638E7">
+    <w:p w14:paraId="4B80E6BA" w14:textId="1908AA5D" w:rsidR="002638E7" w:rsidRDefault="006E4822" w:rsidP="002638E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10065"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
-        <w:t>Bitte listen Sie nachfolgend die anderen Arbeitgebenden</w:t>
+      <w:r w:rsidRPr="006E4822">
+        <w:t xml:space="preserve">Bitte führen Sie nachfolgend alle weiteren </w:t>
       </w:r>
-      <w:r w:rsidRPr="002D24CA">
+      <w:r w:rsidR="00A210B7">
+        <w:t>Arbeitgeberinnen und Arbeitgeber</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E4822">
         <w:t xml:space="preserve"> auf</w:t>
       </w:r>
       <w:r>
-        <w:t>. Wenn Sie es vorziehen, können Sie die anderen Arbeitgebenden auch der sgpk direkt bekanntgeben.</w:t>
+        <w:t>. A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E4822">
+        <w:t>lternativ können Sie diese auch direkt der sgpk mitteilen:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="KlassischeTabelle"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
       </w:tblGrid>
       <w:tr w:rsidR="002638E7" w:rsidRPr="002638E7" w14:paraId="0E131355" w14:textId="77777777" w:rsidTr="002638E7">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7795" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B20380D" w14:textId="77777777" w:rsidR="002638E7" w:rsidRPr="0065506E" w:rsidRDefault="002638E7" w:rsidP="00B95D65">
             <w:pPr>
@@ -804,156 +879,162 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="51EE71E9" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="002638E7" w:rsidP="002638E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10065"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="SGPKTabelle3ohneRahmen10Pt"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
       </w:tblGrid>
       <w:tr w:rsidR="002638E7" w:rsidRPr="00EA5654" w14:paraId="2374660F" w14:textId="77777777" w:rsidTr="00761993">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4394D6A7" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="006E1A49" w:rsidP="002638E7">
+          <w:p w14:paraId="4D5BBD30" w14:textId="31C82F98" w:rsidR="006E4822" w:rsidRDefault="00A210B7" w:rsidP="002638E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="10065"/>
               </w:tabs>
               <w:ind w:left="284" w:hanging="284"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1022780988"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B95D65">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002638E7" w:rsidRPr="00EA5654">
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002638E7">
-              <w:t xml:space="preserve">ich für eine </w:t>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
+              <w:t>Ich bin aufgrund einer</w:t>
             </w:r>
-            <w:r w:rsidR="002638E7" w:rsidRPr="002D24CA">
-              <w:t xml:space="preserve">unselbständige Erwerbstätigkeit </w:t>
+            <w:r w:rsidR="00631220">
+              <w:t xml:space="preserve"> weiteren</w:t>
             </w:r>
-            <w:r w:rsidR="002638E7">
-              <w:t xml:space="preserve">bei einer anderen Vorsorgeeinrichtung bereits </w:t>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
+              <w:t xml:space="preserve"> unselbstständigen Erwerbstätigkeit bereits bei einer anderen Vorsorgeeinrichtung versichert oder ich bin hauptberuflich selbstständig erwerbstätig.</w:t>
             </w:r>
-            <w:r w:rsidR="002638E7" w:rsidRPr="002D24CA">
-              <w:t xml:space="preserve">obligatorisch versichert </w:t>
+            <w:r w:rsidR="006E4822">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002638E7">
-[...21 lines deleted...]
-              <w:t>der Arbeitgebenden.</w:t>
+            <w:r w:rsidR="006E4822" w:rsidRPr="006E4822">
+              <w:t>Daher verzichte ich auf die Versicherung des AHV-pflichtigen Lohns durch die aktuelle Arbeitgebende bzw. den aktuellen Arbeitgebenden bei der sgpk.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FFBAACC" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="002638E7" w:rsidP="00761993">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3FFBAACC" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="002638E7" w:rsidP="006E4822"/>
+          <w:p w14:paraId="34D41DB1" w14:textId="51A8F4C3" w:rsidR="002638E7" w:rsidRDefault="002638E7" w:rsidP="006E4822">
             <w:r>
-              <w:t xml:space="preserve">Künftige Änderungen der beruflichen Verhältnisse werde ich umgehend der Arbeitgebenden mitteilen. </w:t>
+              <w:t xml:space="preserve">Künftige Änderungen </w:t>
+            </w:r>
+            <w:r w:rsidR="006E4822">
+              <w:t>meiner</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> beruflichen Verhältnisse </w:t>
+            </w:r>
+            <w:r w:rsidR="006E4822">
+              <w:t>teile</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> ich </w:t>
+            </w:r>
+            <w:r w:rsidR="00A210B7">
+              <w:t>meiner</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Arbeitgebe</w:t>
+            </w:r>
+            <w:r w:rsidR="00353144">
+              <w:t xml:space="preserve">rin </w:t>
+            </w:r>
+            <w:r w:rsidR="00A210B7">
+              <w:t>meinem</w:t>
+            </w:r>
+            <w:r w:rsidR="00353144">
+              <w:t xml:space="preserve"> Arbeitgeber umgehend</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006E4822">
+              <w:t>mit</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4883D103" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="002638E7" w:rsidP="00761993">
             <w:pPr>
               <w:pStyle w:val="CheckboxText10Pt"/>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="KlassischeTabelle"/>
               <w:tblW w:w="5000" w:type="pct"/>
               <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3883"/>
               <w:gridCol w:w="3884"/>
             </w:tblGrid>
             <w:tr w:rsidR="002638E7" w:rsidRPr="000114F9" w14:paraId="01940804" w14:textId="77777777" w:rsidTr="00DB7986">
               <w:trPr>
                 <w:trHeight w:val="624"/>
               </w:trPr>
               <w:sdt>
                 <w:sdtPr>
                   <w:id w:val="-349875169"/>
                   <w:lock w:val="sdtLocked"/>
                   <w:placeholder>
-                    <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                    <w:docPart w:val="F80C1B70DA594F128286E8DE4EBF0892"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                   <w:text/>
                 </w:sdtPr>
                 <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:tc>
                     <w:tcPr>
                       <w:tcW w:w="2500" w:type="pct"/>
                       <w:tcBorders>
                         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                       </w:tcBorders>
                       <w:vAlign w:val="bottom"/>
                     </w:tcPr>
                     <w:p w14:paraId="03F64566" w14:textId="77777777" w:rsidR="002638E7" w:rsidRPr="000114F9" w:rsidRDefault="00B95D65" w:rsidP="00B95D65">
                       <w:r w:rsidRPr="00252E9B">
                         <w:rPr>
                           <w:rStyle w:val="Platzhaltertext"/>
                         </w:rPr>
                         <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
                       </w:r>
                     </w:p>
                   </w:tc>
                 </w:sdtContent>
               </w:sdt>
@@ -997,113 +1078,112 @@
                 <w:tcPr>
                   <w:tcW w:w="2500" w:type="pct"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                     <w:bottom w:val="nil"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="68891375" w14:textId="77777777" w:rsidR="002638E7" w:rsidRPr="00D809AA" w:rsidRDefault="002638E7" w:rsidP="002638E7">
                   <w:pPr>
                     <w:pStyle w:val="Text8Ptblau"/>
                     <w:rPr>
                       <w:rStyle w:val="Text8PtblauZeichen"/>
                       <w:color w:val="auto"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D809AA">
                     <w:rPr>
                       <w:color w:val="auto"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Unterschrift </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="6FB6244E" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="002638E7" w:rsidP="002638E7"/>
           <w:p w14:paraId="399BA777" w14:textId="77777777" w:rsidR="002638E7" w:rsidRPr="005B0B87" w:rsidRDefault="002638E7" w:rsidP="00D809AA">
             <w:pPr>
               <w:pStyle w:val="Verweis-Textblau"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="437C2185" w14:textId="77777777" w:rsidR="00233248" w:rsidRPr="002638E7" w:rsidRDefault="00233248" w:rsidP="002638E7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00233248" w:rsidRPr="002638E7" w:rsidSect="002638E7">
-      <w:headerReference w:type="default" r:id="rId11"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="2750" w:bottom="1134" w:left="1361" w:header="1588" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7F134994" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="002638E7" w:rsidP="00F91D37">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="297FC81E" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="002638E7" w:rsidP="00F91D37">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe MDL2 Assets">
     <w:panose1 w:val="050A0102010101010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1117,95 +1197,94 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Com 55 Roman">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000008F" w:usb1="10002042" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="System">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2DFBC5BA" w14:textId="77777777" w:rsidR="00E8185A" w:rsidRPr="0040180B" w:rsidRDefault="00E8185A" w:rsidP="0040180B">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:lang w:eastAsia="de-CH"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688959" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F17D805" wp14:editId="00C71841">
               <wp:simplePos x="5433060" y="10119360"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="504000" cy="648000"/>
               <wp:effectExtent l="0" t="0" r="10795" b="0"/>
               <wp:wrapSquare wrapText="bothSides"/>
@@ -1268,239 +1347,239 @@
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="108000" rIns="0" bIns="421200" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="64E97BA7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="6F17D805" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textfeld 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-11.5pt;margin-top:0;width:39.7pt;height:51pt;z-index:251688959;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9Hg4mggIAAGMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L7uBENGIDUpBVJUQ&#10;IKDi7Hhtsqq/ajvZTX99n727AaW9UPXinZ15Hs/Hmzm/6LQiW+FDY01FJ0clJcJwWzfmpaLfn64/&#10;nVESIjM1U9aIiu5EoBeLjx/OWzcXx3ZtVS08gRMT5q2r6DpGNy+KwNdCs3BknTAwSus1i/j1L0Xt&#10;WQvvWhXHZTkrWutr5y0XIUB71RvpIvuXUvB4J2UQkaiKIraYT5/PVTqLxTmbv3jm1g0fwmD/EIVm&#10;jcGje1dXLDKy8c0frnTDvQ1WxiNudWGlbLjIOSCbSXmQzeOaOZFzQXGC25cp/D+3/HZ770lTV3T2&#10;+XRWltPZCSWGabTqSXRRClWTk1Sl1oU5wI8O8Nh9sR26PeoDlCn5TnqdvkiLwI567/Y1hjPCoTwt&#10;p2UJC4dpNj1LMrwXr5edD/GrsJokoaIeLcyVZdubEHvoCElvGXvdKJXbqAxp4fTktMwX9hY4VyZh&#10;RSbE4CYl1AeepbhTImGUeRASBcnxJ0WmorhUnmwZSMQ4Fybm1LNfoBNKIoj3XBzwr1G953Kfx/iy&#10;NXF/WTfG+pz9Qdj1jzFk2eNR8zd5JzF2q25o9MrWO/TZ235eguPXDbpxw0K8Zx4DggZi6OMdDqks&#10;qm4HiZK19b/+pk948BZWSloMXEXDzw3zghL1zYDRaTqzMCkzK4gf1assTI8nGHiQc6MvLRoxwWJx&#10;PIvQ+qhGUXqrn7EVluk9mJjheLWiq1G8jP0CwFbhYrnMIEyjY/HGPDqeXKe+JJY9dc/Mu4GKERy+&#10;teNQsvkBI3tspoxbbiJ4memaStvXcyg5JjkTftg6aVW8/c+o1924+A0AAP//AwBQSwMEFAAGAAgA&#10;AAAhAK+q6H/bAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3QoChDgV&#10;jcQJIdSA2qsbu3FUex3Zbhv+noULXEZazWjmbbWcvGMnE9MQUMJ8JoAZ7IIesJfw+fFy8wAsZYVa&#10;uYBGwpdJsKwvLypV6nDGtTm1uWdUgqlUEmzOY8l56qzxKs3CaJC8fYheZTpjz3VUZyr3ji+EKLhX&#10;A9KCVaNprOkO7dFLKGzz9hrdXTvn/ft632xXm0OxkvL6anp+ApbNlP/C8INP6FAT0y4cUSfmJNAj&#10;+VfJu3+8BbajjFgI4HXF/8PX3wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA9Hg4mggIA&#10;AGMFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCvquh/&#10;2wAAAAQBAAAPAAAAAAAAAAAAAAAAANwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textfeld 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-11.5pt;margin-top:0;width:39.7pt;height:51pt;z-index:251688959;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSG3shZQIAADYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1kaVEEcYosRYcB&#10;RVs0HXpWZCkxJosapcTOfv0o2U6KbJcOu8g0H5/4+KjZTVsbtlfoK7AFH13knCkroazspuDfX+4+&#10;XXPmg7ClMGBVwQ/K85v5xw+zxk3VGLZgSoWMQKyfNq7g2xDcNMu83Kpa+AtwypJRA9Yi0C9ushJF&#10;Q+i1ycZ5fpU1gKVDkMp70t52Rj5P+ForGR619iowU3DKLaQT07mOZzafiekGhdtWsk9D/EMWtags&#10;XXqEuhVBsB1Wf0DVlUTwoMOFhDoDrSupUg1UzSg/q2a1FU6lWqg53h3b5P8frHzYr9wTstB+gZYG&#10;GBvSOD/1pIz1tBrr+KVMGdmphYdj21QbmCTlZT7Jc7JIMl1NrqNMKNkp2KEPXxXULAoFR5pKapbY&#10;3/vQuQ4u8S4Ld5UxaTLGsoZAP1/mKeBoIXBjo69KM+5hToknKRyMij7GPivNqjLlHxWJXWppkO0F&#10;8UJIqWxIpSdc8o5empJ4T2Dvf8rqPcFdHcPNYMMxuK4sYKr+LO3yx5Cy7vyp52/qjmJo120/0DWU&#10;B5ozQrcC3sm7iqZxL3x4EkicpwHSHodHOrQB6jr0EmdbwF9/00d/oiJZOWtohwruf+4EKs7MN0sk&#10;jQuXhFGeWMFwUK+TMBmPaIc5s7t6CTSIEb0VTiaRtBjMIGqE+pUWfRHvI5Owkm4t+HoQl6HbaXoo&#10;pFoskhMtmBPh3q6cjNBxLpFlL+2rQNdTMRCHH2DYMzE9Y2TnmyjjFrtAvEx0ja3t+tm3nJYzEb5/&#10;SOL2v/1PXqfnbv4bAAD//wMAUEsDBBQABgAIAAAAIQCvquh/2wAAAAQBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN0KAoQ4FY3ECSHUgNqrG7txVHsd2W4b/p6FC1xGWs1o5m21&#10;nLxjJxPTEFDCfCaAGeyCHrCX8PnxcvMALGWFWrmARsKXSbCsLy8qVepwxrU5tblnVIKpVBJszmPJ&#10;eeqs8SrNwmiQvH2IXmU6Y891VGcq944vhCi4VwPSglWjaazpDu3RSyhs8/Ya3V075/37et9sV5tD&#10;sZLy+mp6fgKWzZT/wvCDT+hQE9MuHFEn5iTQI/lXybt/vAW2o4xYCOB1xf/D198AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA0ht7IWUCAAA2BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAr6rof9sAAAAEAQAADwAAAAAAAAAAAAAAAAC/BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMcFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,3mm,0,11.7mm">
                 <w:txbxContent>
-                  <w:p w:rsidR="00E8185A" w:rsidRDefault="00E8185A" w:rsidP="0040180B">
+                  <w:p w14:paraId="70FA2065" w14:textId="77777777" w:rsidR="00E8185A" w:rsidRDefault="00E8185A" w:rsidP="0040180B">
                     <w:pPr>
                       <w:pStyle w:val="Seitenzahlen"/>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r w:rsidR="00192B27">
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" anchorx="margin" anchory="page"/>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="2EDD483D" w14:textId="77777777" w:rsidR="006C62E1" w:rsidRPr="0040180B" w:rsidRDefault="006C62E1" w:rsidP="0040180B">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14E07F7D" w14:textId="77777777" w:rsidR="00E8185A" w:rsidRDefault="00E8185A" w:rsidP="006C62E1">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0387A1C6" w14:textId="77777777" w:rsidR="00E8185A" w:rsidRPr="00E8185A" w:rsidRDefault="00E8185A">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="12592E66" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="002638E7" w:rsidP="00F91D37">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2C5E60B3" w14:textId="77777777" w:rsidR="002638E7" w:rsidRDefault="002638E7" w:rsidP="00F91D37">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="22C7FAC8" w14:textId="77777777" w:rsidR="00525248" w:rsidRDefault="00525248" w:rsidP="00E57154">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6CEC864C" w14:textId="77777777" w:rsidR="005C6148" w:rsidRPr="00E57154" w:rsidRDefault="005C6148" w:rsidP="00E57154">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1086" type="#_x0000_t75" style="width:37.5pt;height:27pt" o:bullet="t">
+      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:37.5pt;height:27pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="Aufzählungszeichen Pfeil mittel Ocean"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1087" type="#_x0000_t75" style="width:38.25pt;height:27pt" o:bullet="t">
+      <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:38.25pt;height:27pt" o:bullet="t">
         <v:imagedata r:id="rId2" o:title="Aufzählungszeichen Pfeil mittel Ruby"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="2">
     <w:pict>
-      <v:shape id="_x0000_i1088" type="#_x0000_t75" style="width:38.25pt;height:27pt" o:bullet="t">
+      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:38.25pt;height:27pt" o:bullet="t">
         <v:imagedata r:id="rId3" o:title="Aufzählungszeichen Pfeil Ruby"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="3">
     <w:pict>
-      <v:shape id="_x0000_i1089" type="#_x0000_t75" style="width:37.5pt;height:27pt" o:bullet="t">
+      <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:37.5pt;height:27pt" o:bullet="t">
         <v:imagedata r:id="rId4" o:title="Aufzählungszeichen Pfeil mittel Ocean"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="4">
     <w:pict>
-      <v:shape id="_x0000_i1090" type="#_x0000_t75" style="width:38.25pt;height:27pt" o:bullet="t">
+      <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:38.25pt;height:27pt" o:bullet="t">
         <v:imagedata r:id="rId5" o:title="Aufzählungszeichen Pfeil mittel schwarz"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="5">
     <w:pict>
-      <v:shape id="_x0000_i1091" type="#_x0000_t75" style="width:38.25pt;height:27pt" o:bullet="t">
+      <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:38.25pt;height:27pt" o:bullet="t">
         <v:imagedata r:id="rId6" o:title="Aufzählungszeichen Pfeil klein schwarz"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="6">
     <w:pict>
-      <v:shape id="_x0000_i1092" type="#_x0000_t75" style="width:11.15pt;height:7.85pt" o:bullet="t">
+      <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:11.15pt;height:7.85pt" o:bullet="t">
         <v:imagedata r:id="rId7" o:title="Aufzählungszeichen Pfeil klein Ruby"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="7">
     <w:pict>
-      <v:shape id="_x0000_i1093" type="#_x0000_t75" style="width:10.9pt;height:7.85pt" o:bullet="t">
+      <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:10.9pt;height:7.85pt" o:bullet="t">
         <v:imagedata r:id="rId8" o:title="Aufzählungszeichen Pfeil klein Ocean"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="8">
     <w:pict>
-      <v:shape id="_x0000_i1094" type="#_x0000_t75" style="width:11.15pt;height:7.85pt" o:bullet="t">
+      <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:11.15pt;height:7.85pt" o:bullet="t">
         <v:imagedata r:id="rId9" o:title="Aufzählungszeichen Pfeil klein schwarz"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="819A94D4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
@@ -3780,109 +3859,109 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="12"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="190"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="it-CH" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-CH" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-CH" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-CH" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="it-CH" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="it-IT" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-CH" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002638E7"/>
     <w:rsid w:val="0000099F"/>
     <w:rsid w:val="00002978"/>
     <w:rsid w:val="00003304"/>
     <w:rsid w:val="00003A9F"/>
     <w:rsid w:val="00007B06"/>
     <w:rsid w:val="0001010F"/>
     <w:rsid w:val="000109C6"/>
     <w:rsid w:val="000114F9"/>
     <w:rsid w:val="00014B8D"/>
     <w:rsid w:val="0001637E"/>
     <w:rsid w:val="00016828"/>
     <w:rsid w:val="00017349"/>
+    <w:rsid w:val="0002114E"/>
     <w:rsid w:val="00023573"/>
     <w:rsid w:val="000247BF"/>
     <w:rsid w:val="00025CEC"/>
     <w:rsid w:val="000266B7"/>
     <w:rsid w:val="00026A79"/>
     <w:rsid w:val="00032B92"/>
     <w:rsid w:val="00032BCD"/>
     <w:rsid w:val="00032F85"/>
     <w:rsid w:val="000355BF"/>
     <w:rsid w:val="000377B4"/>
     <w:rsid w:val="000409C8"/>
     <w:rsid w:val="00041700"/>
     <w:rsid w:val="0004656C"/>
     <w:rsid w:val="00063BC2"/>
     <w:rsid w:val="000701F1"/>
     <w:rsid w:val="00071780"/>
     <w:rsid w:val="00074D14"/>
     <w:rsid w:val="0007699C"/>
     <w:rsid w:val="0007751F"/>
     <w:rsid w:val="000803EB"/>
     <w:rsid w:val="00090380"/>
     <w:rsid w:val="00093FA2"/>
     <w:rsid w:val="00095DC6"/>
     <w:rsid w:val="00096E8E"/>
     <w:rsid w:val="000A1884"/>
@@ -3963,107 +4042,111 @@
     <w:rsid w:val="001F2C13"/>
     <w:rsid w:val="001F4A7E"/>
     <w:rsid w:val="001F4B8C"/>
     <w:rsid w:val="001F4F9B"/>
     <w:rsid w:val="001F54D0"/>
     <w:rsid w:val="00200B70"/>
     <w:rsid w:val="002033FC"/>
     <w:rsid w:val="0021483F"/>
     <w:rsid w:val="00214EEC"/>
     <w:rsid w:val="00221C34"/>
     <w:rsid w:val="0022685B"/>
     <w:rsid w:val="00227FCE"/>
     <w:rsid w:val="0023018C"/>
     <w:rsid w:val="0023205B"/>
     <w:rsid w:val="00233248"/>
     <w:rsid w:val="002369CE"/>
     <w:rsid w:val="00237792"/>
     <w:rsid w:val="00240AAE"/>
     <w:rsid w:val="00243394"/>
     <w:rsid w:val="002466D7"/>
     <w:rsid w:val="00247905"/>
     <w:rsid w:val="002522AA"/>
     <w:rsid w:val="00253A0B"/>
     <w:rsid w:val="0025644A"/>
     <w:rsid w:val="002638E7"/>
+    <w:rsid w:val="00264AFC"/>
     <w:rsid w:val="0026713C"/>
     <w:rsid w:val="00267F71"/>
     <w:rsid w:val="00270361"/>
     <w:rsid w:val="002726D9"/>
     <w:rsid w:val="00273EBC"/>
     <w:rsid w:val="002802FF"/>
     <w:rsid w:val="00283995"/>
     <w:rsid w:val="002842C7"/>
     <w:rsid w:val="0028603C"/>
     <w:rsid w:val="00290E37"/>
     <w:rsid w:val="00292375"/>
     <w:rsid w:val="002A6277"/>
     <w:rsid w:val="002B1F0B"/>
     <w:rsid w:val="002B422A"/>
     <w:rsid w:val="002B4DA0"/>
     <w:rsid w:val="002B551B"/>
     <w:rsid w:val="002C0679"/>
     <w:rsid w:val="002C163B"/>
     <w:rsid w:val="002C1EA5"/>
     <w:rsid w:val="002C70B3"/>
     <w:rsid w:val="002D0849"/>
     <w:rsid w:val="002D272F"/>
     <w:rsid w:val="002D3524"/>
     <w:rsid w:val="002D38AE"/>
     <w:rsid w:val="002D709C"/>
     <w:rsid w:val="002D71AB"/>
     <w:rsid w:val="002F06AA"/>
     <w:rsid w:val="002F0789"/>
     <w:rsid w:val="002F68A2"/>
     <w:rsid w:val="0030245A"/>
     <w:rsid w:val="003025A5"/>
     <w:rsid w:val="00302BB6"/>
     <w:rsid w:val="00303B73"/>
     <w:rsid w:val="003065CA"/>
+    <w:rsid w:val="0030683D"/>
     <w:rsid w:val="00307A5B"/>
     <w:rsid w:val="00314C63"/>
     <w:rsid w:val="00315D3A"/>
     <w:rsid w:val="0032330D"/>
     <w:rsid w:val="0033114E"/>
     <w:rsid w:val="00333890"/>
     <w:rsid w:val="00333A1B"/>
     <w:rsid w:val="00337EC8"/>
     <w:rsid w:val="0034134D"/>
     <w:rsid w:val="0034278A"/>
     <w:rsid w:val="003428C7"/>
     <w:rsid w:val="00343A7F"/>
     <w:rsid w:val="003449D2"/>
     <w:rsid w:val="00347F53"/>
     <w:rsid w:val="003514EE"/>
     <w:rsid w:val="00352C7C"/>
     <w:rsid w:val="00353100"/>
+    <w:rsid w:val="00353144"/>
     <w:rsid w:val="00353302"/>
     <w:rsid w:val="00360FE4"/>
     <w:rsid w:val="0036290D"/>
     <w:rsid w:val="00363671"/>
     <w:rsid w:val="00364EE3"/>
     <w:rsid w:val="003671D9"/>
+    <w:rsid w:val="00367561"/>
     <w:rsid w:val="00371E1F"/>
     <w:rsid w:val="00372D4C"/>
     <w:rsid w:val="0037405C"/>
     <w:rsid w:val="003757E4"/>
     <w:rsid w:val="00375834"/>
     <w:rsid w:val="00381BA9"/>
     <w:rsid w:val="00386FEB"/>
     <w:rsid w:val="0039124E"/>
     <w:rsid w:val="00395A1F"/>
     <w:rsid w:val="00396DAD"/>
     <w:rsid w:val="00397B92"/>
     <w:rsid w:val="003A237D"/>
     <w:rsid w:val="003A796E"/>
     <w:rsid w:val="003B18BF"/>
     <w:rsid w:val="003B765C"/>
     <w:rsid w:val="003B7EB3"/>
     <w:rsid w:val="003C3AED"/>
     <w:rsid w:val="003C3D32"/>
     <w:rsid w:val="003C63E9"/>
     <w:rsid w:val="003C7AA5"/>
     <w:rsid w:val="003C7D25"/>
     <w:rsid w:val="003D0FAA"/>
     <w:rsid w:val="003D1D11"/>
     <w:rsid w:val="003E17CC"/>
     <w:rsid w:val="003E288E"/>
@@ -4179,96 +4262,99 @@
     <w:rsid w:val="005C4751"/>
     <w:rsid w:val="005C6148"/>
     <w:rsid w:val="005C61A5"/>
     <w:rsid w:val="005C7189"/>
     <w:rsid w:val="005D04B3"/>
     <w:rsid w:val="005D0ED6"/>
     <w:rsid w:val="005D3973"/>
     <w:rsid w:val="005D3D2E"/>
     <w:rsid w:val="005E105F"/>
     <w:rsid w:val="005E33C7"/>
     <w:rsid w:val="005E5D02"/>
     <w:rsid w:val="005F6B47"/>
     <w:rsid w:val="006044D5"/>
     <w:rsid w:val="00606319"/>
     <w:rsid w:val="00606A26"/>
     <w:rsid w:val="006100BB"/>
     <w:rsid w:val="00614181"/>
     <w:rsid w:val="00617B57"/>
     <w:rsid w:val="00621064"/>
     <w:rsid w:val="00622481"/>
     <w:rsid w:val="00622FDC"/>
     <w:rsid w:val="006232D1"/>
     <w:rsid w:val="00625020"/>
     <w:rsid w:val="00625D35"/>
     <w:rsid w:val="00626531"/>
+    <w:rsid w:val="00631220"/>
     <w:rsid w:val="00631D50"/>
     <w:rsid w:val="00633044"/>
     <w:rsid w:val="00636568"/>
     <w:rsid w:val="00642F26"/>
     <w:rsid w:val="00642F29"/>
     <w:rsid w:val="00647B77"/>
     <w:rsid w:val="00650B3D"/>
     <w:rsid w:val="00650E5F"/>
     <w:rsid w:val="00651718"/>
     <w:rsid w:val="0065274C"/>
     <w:rsid w:val="006531CA"/>
     <w:rsid w:val="00653F38"/>
     <w:rsid w:val="0065506E"/>
+    <w:rsid w:val="00656BA5"/>
     <w:rsid w:val="00657B86"/>
     <w:rsid w:val="00660245"/>
     <w:rsid w:val="00660491"/>
     <w:rsid w:val="00661A71"/>
     <w:rsid w:val="00670822"/>
     <w:rsid w:val="00672E90"/>
     <w:rsid w:val="00676D4D"/>
     <w:rsid w:val="00677604"/>
     <w:rsid w:val="00682B67"/>
     <w:rsid w:val="00684083"/>
     <w:rsid w:val="006850FE"/>
     <w:rsid w:val="00686D14"/>
     <w:rsid w:val="00687ED7"/>
     <w:rsid w:val="0069719F"/>
     <w:rsid w:val="006A0146"/>
     <w:rsid w:val="006A0E6C"/>
     <w:rsid w:val="006A1226"/>
     <w:rsid w:val="006A157B"/>
     <w:rsid w:val="006A3921"/>
     <w:rsid w:val="006A76A6"/>
     <w:rsid w:val="006B2465"/>
     <w:rsid w:val="006B2762"/>
     <w:rsid w:val="006B3083"/>
     <w:rsid w:val="006B34CA"/>
     <w:rsid w:val="006B5345"/>
     <w:rsid w:val="006C144C"/>
     <w:rsid w:val="006C4F37"/>
     <w:rsid w:val="006C62E1"/>
     <w:rsid w:val="006C6A0D"/>
     <w:rsid w:val="006D2FE9"/>
     <w:rsid w:val="006D5775"/>
     <w:rsid w:val="006E0F4E"/>
     <w:rsid w:val="006E1A49"/>
+    <w:rsid w:val="006E4822"/>
     <w:rsid w:val="006E4AF1"/>
     <w:rsid w:val="006F0345"/>
     <w:rsid w:val="006F0469"/>
     <w:rsid w:val="006F5C45"/>
     <w:rsid w:val="006F65B3"/>
     <w:rsid w:val="00700979"/>
     <w:rsid w:val="00703E58"/>
     <w:rsid w:val="007040B6"/>
     <w:rsid w:val="00705076"/>
     <w:rsid w:val="00711147"/>
     <w:rsid w:val="0071200C"/>
     <w:rsid w:val="0071222D"/>
     <w:rsid w:val="00712E2D"/>
     <w:rsid w:val="00714162"/>
     <w:rsid w:val="00714414"/>
     <w:rsid w:val="0071778D"/>
     <w:rsid w:val="007210A0"/>
     <w:rsid w:val="00723330"/>
     <w:rsid w:val="007248EF"/>
     <w:rsid w:val="007277E3"/>
     <w:rsid w:val="00731A17"/>
     <w:rsid w:val="0073348C"/>
     <w:rsid w:val="00734458"/>
     <w:rsid w:val="007367F8"/>
     <w:rsid w:val="00736DD8"/>
@@ -4291,86 +4377,88 @@
     <w:rsid w:val="00774E70"/>
     <w:rsid w:val="0078004B"/>
     <w:rsid w:val="0078181E"/>
     <w:rsid w:val="00783E18"/>
     <w:rsid w:val="00783E8E"/>
     <w:rsid w:val="007840E3"/>
     <w:rsid w:val="00784E2E"/>
     <w:rsid w:val="007910DD"/>
     <w:rsid w:val="00791156"/>
     <w:rsid w:val="00796CEE"/>
     <w:rsid w:val="00797D99"/>
     <w:rsid w:val="007A0285"/>
     <w:rsid w:val="007A1A68"/>
     <w:rsid w:val="007A1F02"/>
     <w:rsid w:val="007A4664"/>
     <w:rsid w:val="007A54DA"/>
     <w:rsid w:val="007A7F44"/>
     <w:rsid w:val="007B0840"/>
     <w:rsid w:val="007B0BE4"/>
     <w:rsid w:val="007B514D"/>
     <w:rsid w:val="007B5396"/>
     <w:rsid w:val="007C0B2A"/>
     <w:rsid w:val="007C11B3"/>
     <w:rsid w:val="007D0DCC"/>
     <w:rsid w:val="007D35CD"/>
+    <w:rsid w:val="007D7CA8"/>
     <w:rsid w:val="007E0460"/>
     <w:rsid w:val="007E51FD"/>
     <w:rsid w:val="007F3AE0"/>
     <w:rsid w:val="008029E9"/>
     <w:rsid w:val="00804AB5"/>
     <w:rsid w:val="008063C3"/>
     <w:rsid w:val="00813999"/>
     <w:rsid w:val="0081679A"/>
     <w:rsid w:val="00833960"/>
     <w:rsid w:val="00835C2D"/>
     <w:rsid w:val="00836744"/>
     <w:rsid w:val="00841858"/>
     <w:rsid w:val="00841B44"/>
     <w:rsid w:val="00844B72"/>
     <w:rsid w:val="0084715E"/>
     <w:rsid w:val="00847CDA"/>
     <w:rsid w:val="00853121"/>
     <w:rsid w:val="00853491"/>
     <w:rsid w:val="008537DB"/>
     <w:rsid w:val="008540F7"/>
     <w:rsid w:val="0085454F"/>
     <w:rsid w:val="00857D8A"/>
     <w:rsid w:val="008602F9"/>
     <w:rsid w:val="00861F46"/>
     <w:rsid w:val="00864855"/>
     <w:rsid w:val="00866FE4"/>
     <w:rsid w:val="00870017"/>
     <w:rsid w:val="0087209A"/>
     <w:rsid w:val="008726E9"/>
     <w:rsid w:val="0087419B"/>
     <w:rsid w:val="00874C0C"/>
     <w:rsid w:val="00874E49"/>
     <w:rsid w:val="008754B6"/>
     <w:rsid w:val="00876898"/>
     <w:rsid w:val="00883278"/>
     <w:rsid w:val="00883CC4"/>
+    <w:rsid w:val="00884337"/>
     <w:rsid w:val="00885E12"/>
     <w:rsid w:val="00887318"/>
     <w:rsid w:val="00887728"/>
     <w:rsid w:val="00894536"/>
     <w:rsid w:val="00896734"/>
     <w:rsid w:val="008A0276"/>
     <w:rsid w:val="008A091D"/>
     <w:rsid w:val="008A4E13"/>
     <w:rsid w:val="008A65A4"/>
     <w:rsid w:val="008A7127"/>
     <w:rsid w:val="008A72CC"/>
     <w:rsid w:val="008B0E36"/>
     <w:rsid w:val="008B182B"/>
     <w:rsid w:val="008D67DB"/>
     <w:rsid w:val="008E05D6"/>
     <w:rsid w:val="008E7086"/>
     <w:rsid w:val="008F730E"/>
     <w:rsid w:val="00900241"/>
     <w:rsid w:val="00906660"/>
     <w:rsid w:val="009126C7"/>
     <w:rsid w:val="0091346D"/>
     <w:rsid w:val="00915C2E"/>
     <w:rsid w:val="009215D0"/>
     <w:rsid w:val="009235A2"/>
     <w:rsid w:val="00923CE4"/>
@@ -4414,50 +4502,51 @@
     <w:rsid w:val="009C11FE"/>
     <w:rsid w:val="009C1A31"/>
     <w:rsid w:val="009C222B"/>
     <w:rsid w:val="009C3DDD"/>
     <w:rsid w:val="009C64D7"/>
     <w:rsid w:val="009C67A8"/>
     <w:rsid w:val="009C6E8A"/>
     <w:rsid w:val="009D1D6A"/>
     <w:rsid w:val="009D201B"/>
     <w:rsid w:val="009D5D9C"/>
     <w:rsid w:val="009E2171"/>
     <w:rsid w:val="009E68E4"/>
     <w:rsid w:val="009F1D24"/>
     <w:rsid w:val="009F250E"/>
     <w:rsid w:val="009F3E6A"/>
     <w:rsid w:val="009F3F86"/>
     <w:rsid w:val="009F60D0"/>
     <w:rsid w:val="00A02378"/>
     <w:rsid w:val="00A03638"/>
     <w:rsid w:val="00A05041"/>
     <w:rsid w:val="00A06F53"/>
     <w:rsid w:val="00A12461"/>
     <w:rsid w:val="00A13AAF"/>
     <w:rsid w:val="00A14C78"/>
     <w:rsid w:val="00A20F60"/>
+    <w:rsid w:val="00A210B7"/>
     <w:rsid w:val="00A211F7"/>
     <w:rsid w:val="00A21C49"/>
     <w:rsid w:val="00A25F7E"/>
     <w:rsid w:val="00A26524"/>
     <w:rsid w:val="00A307FF"/>
     <w:rsid w:val="00A369B4"/>
     <w:rsid w:val="00A37A43"/>
     <w:rsid w:val="00A40613"/>
     <w:rsid w:val="00A43EDD"/>
     <w:rsid w:val="00A5451D"/>
     <w:rsid w:val="00A5539F"/>
     <w:rsid w:val="00A55C83"/>
     <w:rsid w:val="00A57815"/>
     <w:rsid w:val="00A62266"/>
     <w:rsid w:val="00A62F82"/>
     <w:rsid w:val="00A62FAD"/>
     <w:rsid w:val="00A70B2C"/>
     <w:rsid w:val="00A70CDC"/>
     <w:rsid w:val="00A7133D"/>
     <w:rsid w:val="00A71E43"/>
     <w:rsid w:val="00A73EC8"/>
     <w:rsid w:val="00A748C2"/>
     <w:rsid w:val="00A7788C"/>
     <w:rsid w:val="00A81A64"/>
     <w:rsid w:val="00A84693"/>
@@ -4511,50 +4600,51 @@
     <w:rsid w:val="00B431DE"/>
     <w:rsid w:val="00B452C0"/>
     <w:rsid w:val="00B470ED"/>
     <w:rsid w:val="00B557EA"/>
     <w:rsid w:val="00B622CF"/>
     <w:rsid w:val="00B63BFA"/>
     <w:rsid w:val="00B642EF"/>
     <w:rsid w:val="00B65673"/>
     <w:rsid w:val="00B67D13"/>
     <w:rsid w:val="00B7018B"/>
     <w:rsid w:val="00B709FC"/>
     <w:rsid w:val="00B70D03"/>
     <w:rsid w:val="00B803E7"/>
     <w:rsid w:val="00B82E14"/>
     <w:rsid w:val="00B909F0"/>
     <w:rsid w:val="00B95D65"/>
     <w:rsid w:val="00B97484"/>
     <w:rsid w:val="00BA203C"/>
     <w:rsid w:val="00BA2B5A"/>
     <w:rsid w:val="00BA4DDE"/>
     <w:rsid w:val="00BB0EB7"/>
     <w:rsid w:val="00BB1CDE"/>
     <w:rsid w:val="00BB1DA6"/>
     <w:rsid w:val="00BB206A"/>
     <w:rsid w:val="00BB2323"/>
+    <w:rsid w:val="00BB4277"/>
     <w:rsid w:val="00BB4CF6"/>
     <w:rsid w:val="00BB55E8"/>
     <w:rsid w:val="00BC1B33"/>
     <w:rsid w:val="00BC1C97"/>
     <w:rsid w:val="00BC5FB7"/>
     <w:rsid w:val="00BC655F"/>
     <w:rsid w:val="00BC671A"/>
     <w:rsid w:val="00BC6819"/>
     <w:rsid w:val="00BC77EA"/>
     <w:rsid w:val="00BD09F9"/>
     <w:rsid w:val="00BD3532"/>
     <w:rsid w:val="00BE1E62"/>
     <w:rsid w:val="00BE6CCD"/>
     <w:rsid w:val="00BF52B2"/>
     <w:rsid w:val="00BF5438"/>
     <w:rsid w:val="00BF7052"/>
     <w:rsid w:val="00C00BD7"/>
     <w:rsid w:val="00C025E9"/>
     <w:rsid w:val="00C05139"/>
     <w:rsid w:val="00C05FAB"/>
     <w:rsid w:val="00C05FE6"/>
     <w:rsid w:val="00C12431"/>
     <w:rsid w:val="00C15A92"/>
     <w:rsid w:val="00C2008E"/>
     <w:rsid w:val="00C20DEA"/>
@@ -4637,51 +4727,53 @@
     <w:rsid w:val="00D36D26"/>
     <w:rsid w:val="00D54A24"/>
     <w:rsid w:val="00D54FD2"/>
     <w:rsid w:val="00D55024"/>
     <w:rsid w:val="00D57397"/>
     <w:rsid w:val="00D57BE0"/>
     <w:rsid w:val="00D61996"/>
     <w:rsid w:val="00D62680"/>
     <w:rsid w:val="00D64D65"/>
     <w:rsid w:val="00D654CD"/>
     <w:rsid w:val="00D6722C"/>
     <w:rsid w:val="00D6735F"/>
     <w:rsid w:val="00D678C7"/>
     <w:rsid w:val="00D7095A"/>
     <w:rsid w:val="00D72A1E"/>
     <w:rsid w:val="00D74C59"/>
     <w:rsid w:val="00D76348"/>
     <w:rsid w:val="00D7644D"/>
     <w:rsid w:val="00D809AA"/>
     <w:rsid w:val="00D811C0"/>
     <w:rsid w:val="00D8261A"/>
     <w:rsid w:val="00D8677A"/>
     <w:rsid w:val="00D9415C"/>
     <w:rsid w:val="00D95311"/>
     <w:rsid w:val="00D9553C"/>
+    <w:rsid w:val="00D95619"/>
     <w:rsid w:val="00D9635B"/>
+    <w:rsid w:val="00D970F9"/>
     <w:rsid w:val="00DA469E"/>
     <w:rsid w:val="00DA716B"/>
     <w:rsid w:val="00DB10C6"/>
     <w:rsid w:val="00DB1970"/>
     <w:rsid w:val="00DB2B1B"/>
     <w:rsid w:val="00DB394C"/>
     <w:rsid w:val="00DB45F8"/>
     <w:rsid w:val="00DB52FA"/>
     <w:rsid w:val="00DB7675"/>
     <w:rsid w:val="00DB7986"/>
     <w:rsid w:val="00DC3565"/>
     <w:rsid w:val="00DC3BC2"/>
     <w:rsid w:val="00DD108E"/>
     <w:rsid w:val="00DD3A15"/>
     <w:rsid w:val="00DD43DA"/>
     <w:rsid w:val="00DD5D58"/>
     <w:rsid w:val="00DE0C53"/>
     <w:rsid w:val="00DF0856"/>
     <w:rsid w:val="00DF0A6A"/>
     <w:rsid w:val="00DF1AFE"/>
     <w:rsid w:val="00DF1F8B"/>
     <w:rsid w:val="00DF4B57"/>
     <w:rsid w:val="00DF4CF8"/>
     <w:rsid w:val="00DF78AD"/>
     <w:rsid w:val="00E0011A"/>
@@ -4744,51 +4836,53 @@
     <w:rsid w:val="00EE6D3D"/>
     <w:rsid w:val="00EE6E36"/>
     <w:rsid w:val="00EE7ECE"/>
     <w:rsid w:val="00EF1FAC"/>
     <w:rsid w:val="00F016BC"/>
     <w:rsid w:val="00F03754"/>
     <w:rsid w:val="00F0660B"/>
     <w:rsid w:val="00F10070"/>
     <w:rsid w:val="00F123AE"/>
     <w:rsid w:val="00F13EB2"/>
     <w:rsid w:val="00F15946"/>
     <w:rsid w:val="00F1640B"/>
     <w:rsid w:val="00F16C91"/>
     <w:rsid w:val="00F16DD9"/>
     <w:rsid w:val="00F2201D"/>
     <w:rsid w:val="00F233E2"/>
     <w:rsid w:val="00F26721"/>
     <w:rsid w:val="00F3160D"/>
     <w:rsid w:val="00F32B93"/>
     <w:rsid w:val="00F3366F"/>
     <w:rsid w:val="00F36E0B"/>
     <w:rsid w:val="00F4556E"/>
     <w:rsid w:val="00F456CE"/>
     <w:rsid w:val="00F45CDD"/>
     <w:rsid w:val="00F52554"/>
+    <w:rsid w:val="00F53F03"/>
     <w:rsid w:val="00F5551A"/>
+    <w:rsid w:val="00F56724"/>
     <w:rsid w:val="00F56AAB"/>
     <w:rsid w:val="00F600C7"/>
     <w:rsid w:val="00F64F61"/>
     <w:rsid w:val="00F708C6"/>
     <w:rsid w:val="00F73331"/>
     <w:rsid w:val="00F74193"/>
     <w:rsid w:val="00F76C6C"/>
     <w:rsid w:val="00F86F29"/>
     <w:rsid w:val="00F87174"/>
     <w:rsid w:val="00F91D37"/>
     <w:rsid w:val="00F91DEC"/>
     <w:rsid w:val="00F93538"/>
     <w:rsid w:val="00F95C18"/>
     <w:rsid w:val="00F9610D"/>
     <w:rsid w:val="00FA62E9"/>
     <w:rsid w:val="00FB31A2"/>
     <w:rsid w:val="00FB3506"/>
     <w:rsid w:val="00FB657F"/>
     <w:rsid w:val="00FC395D"/>
     <w:rsid w:val="00FD022E"/>
     <w:rsid w:val="00FD4BB0"/>
     <w:rsid w:val="00FE2ED4"/>
     <w:rsid w:val="00FE49A5"/>
     <w:rsid w:val="00FE7D09"/>
   </w:rsids>
@@ -4800,51 +4894,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2EF237D6"/>
   <w15:docId w15:val="{00A96105-58A5-4ABE-9D77-336DF2815CAA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="System"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="274" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7149,439 +7243,451 @@
     <w:uiPriority w:val="79"/>
     <w:semiHidden/>
     <w:rsid w:val="002638E7"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="de-CH"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="SGPKTabelle3ohneRahmen10Pt">
     <w:name w:val="SGPK Tabelle 3 ohne Rahmen (10 Pt)"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002638E7"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="28" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00353144"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="816190007">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1049496762">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sgpk.ch" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.emf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Daten\Vorlagen\Brief.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
-    <w:docPart>
-[...24 lines deleted...]
-    </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AC2BE1330A3346AF9BC870F64CF72CD8"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4A758F61-9520-40DB-927B-C236746D3156}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00C804C1" w:rsidP="00C804C1">
+        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00FE28DB" w:rsidP="00FE28DB">
           <w:pPr>
-            <w:pStyle w:val="AC2BE1330A3346AF9BC870F64CF72CD814"/>
+            <w:pStyle w:val="AC2BE1330A3346AF9BC870F64CF72CD8"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
-            <w:t>Hier die Adresse der Arbeitgeberin/des Arbeigebers eintragen; mit der Tabulatortaste gelangen Sie direkt zum nächsten Eingabefeld</w:t>
+            <w:t>Hier die Adresse der Arbeitgeberin bzw. des Arbeitgebers eintragen; mit der Tabulatortaste gelangen Sie direkt zum nächsten Eingabefeld</w:t>
           </w:r>
           <w:r w:rsidRPr="00252E9B">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D1D07850DF3D45D38B38ACDB2021BE6C"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1DE3D08A-ACFE-4F77-83D9-AE69736CABE1}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00C804C1" w:rsidP="00C804C1">
+        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00FE28DB" w:rsidP="00FE28DB">
           <w:pPr>
-            <w:pStyle w:val="D1D07850DF3D45D38B38ACDB2021BE6C12"/>
+            <w:pStyle w:val="D1D07850DF3D45D38B38ACDB2021BE6C"/>
           </w:pPr>
           <w:r w:rsidRPr="00252E9B">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="35B34851C2464528ACADE4454A88119C"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F08270E1-4398-45D8-889A-826473B331AC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00C804C1" w:rsidP="00C804C1">
+        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00FE28DB" w:rsidP="00FE28DB">
           <w:pPr>
-            <w:pStyle w:val="35B34851C2464528ACADE4454A88119C12"/>
+            <w:pStyle w:val="35B34851C2464528ACADE4454A88119C"/>
           </w:pPr>
           <w:r w:rsidRPr="00252E9B">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7566CF8D1840401C94A9D02A144D0460"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7C62ADB3-7070-415E-AAE6-355D98E2B59C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00C804C1" w:rsidP="00C804C1">
+        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00FE28DB" w:rsidP="00FE28DB">
           <w:pPr>
-            <w:pStyle w:val="7566CF8D1840401C94A9D02A144D046011"/>
+            <w:pStyle w:val="7566CF8D1840401C94A9D02A144D0460"/>
           </w:pPr>
           <w:r w:rsidRPr="00C61215">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Ort</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="89B8FA8EAB05436B9622E72A150A6654"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7E9D7FE3-F70D-4375-A532-2E3501203C31}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00C804C1" w:rsidP="00C804C1">
+        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00FE28DB" w:rsidP="00FE28DB">
           <w:pPr>
-            <w:pStyle w:val="89B8FA8EAB05436B9622E72A150A665412"/>
+            <w:pStyle w:val="89B8FA8EAB05436B9622E72A150A6654"/>
           </w:pPr>
           <w:r w:rsidRPr="00836744">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
-              <w:b/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="143859ACE6364F15B51397F51EFDC060"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A8723E9D-2A65-4702-8007-01BE93BF71C6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00C804C1" w:rsidP="00C804C1">
+        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00FE28DB" w:rsidP="00FE28DB">
           <w:pPr>
-            <w:pStyle w:val="143859ACE6364F15B51397F51EFDC0606"/>
+            <w:pStyle w:val="143859ACE6364F15B51397F51EFDC060"/>
           </w:pPr>
           <w:r w:rsidRPr="00252E9B">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6BD68C9A5B874C1F9393C7F44441D62C"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D4275685-CA37-4F8E-8CFB-7753D799B465}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00C804C1" w:rsidP="00C804C1">
+        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00FE28DB" w:rsidP="00FE28DB">
           <w:pPr>
-            <w:pStyle w:val="6BD68C9A5B874C1F9393C7F44441D62C2"/>
+            <w:pStyle w:val="6BD68C9A5B874C1F9393C7F44441D62C"/>
           </w:pPr>
           <w:r w:rsidRPr="00252E9B">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="745EB9C0F0B945EDB1D4879FEA99CC0E"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{309CDC48-D56A-4E3F-B647-1F4C3A8625CD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00C804C1" w:rsidP="00C804C1">
+        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00FE28DB" w:rsidP="00FE28DB">
           <w:pPr>
-            <w:pStyle w:val="745EB9C0F0B945EDB1D4879FEA99CC0E2"/>
+            <w:pStyle w:val="745EB9C0F0B945EDB1D4879FEA99CC0E"/>
           </w:pPr>
           <w:r w:rsidRPr="00252E9B">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4465C091293145E4AD3E36CAC510C363"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9D4B9718-2875-4FF4-B588-9E9D11CFF537}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00C804C1" w:rsidP="00C804C1">
+        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00FE28DB" w:rsidP="00FE28DB">
           <w:pPr>
-            <w:pStyle w:val="4465C091293145E4AD3E36CAC510C3632"/>
+            <w:pStyle w:val="4465C091293145E4AD3E36CAC510C363"/>
           </w:pPr>
           <w:r w:rsidRPr="00192B27">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
-              <w:b/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4F80CA033BB040A2BED22B48EF61B37A"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3687CEAB-F1A0-49D6-9F92-4FADB377209F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00C804C1" w:rsidP="00C804C1">
+        <w:p w:rsidR="00B86EEE" w:rsidRDefault="00FE28DB" w:rsidP="00FE28DB">
           <w:pPr>
-            <w:pStyle w:val="4F80CA033BB040A2BED22B48EF61B37A2"/>
+            <w:pStyle w:val="4F80CA033BB040A2BED22B48EF61B37A"/>
           </w:pPr>
           <w:r w:rsidRPr="00192B27">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
-              <w:b/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F80C1B70DA594F128286E8DE4EBF0892"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2EAE8199-F167-4AB7-ADD9-2AC91F2885B8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00FE28DB" w:rsidRDefault="00FE28DB" w:rsidP="00FE28DB">
+          <w:pPr>
+            <w:pStyle w:val="F80C1B70DA594F128286E8DE4EBF0892"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00252E9B">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe MDL2 Assets">
     <w:panose1 w:val="050A0102010101010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -7595,51 +7701,50 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Com 55 Roman">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000008F" w:usb1="10002042" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="System">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
@@ -7651,95 +7756,98 @@
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005C4049"/>
+    <w:rsid w:val="0030683D"/>
     <w:rsid w:val="005C4049"/>
+    <w:rsid w:val="00656BA5"/>
     <w:rsid w:val="00A748C2"/>
     <w:rsid w:val="00B86EEE"/>
     <w:rsid w:val="00C804C1"/>
+    <w:rsid w:val="00FE28DB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8124,202 +8232,215 @@
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="79"/>
-    <w:rsid w:val="00C804C1"/>
+    <w:rsid w:val="00FE28DB"/>
     <w:rPr>
       <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C804C1"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="156082" w:themeColor="accent1"/>
       <w:u w:val="single" w:color="156082" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AC2BE1330A3346AF9BC870F64CF72CD814">
-[...1 lines deleted...]
-    <w:rsid w:val="00C804C1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AC2BE1330A3346AF9BC870F64CF72CD8">
+    <w:name w:val="AC2BE1330A3346AF9BC870F64CF72CD8"/>
+    <w:rsid w:val="00FE28DB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="274" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="System"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7566CF8D1840401C94A9D02A144D046011">
-[...1 lines deleted...]
-    <w:rsid w:val="00C804C1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7566CF8D1840401C94A9D02A144D0460">
+    <w:name w:val="7566CF8D1840401C94A9D02A144D0460"/>
+    <w:rsid w:val="00FE28DB"/>
     <w:pPr>
       <w:spacing w:before="1280" w:after="180" w:line="274" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="System"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1D07850DF3D45D38B38ACDB2021BE6C12">
-[...1 lines deleted...]
-    <w:rsid w:val="00C804C1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1D07850DF3D45D38B38ACDB2021BE6C">
+    <w:name w:val="D1D07850DF3D45D38B38ACDB2021BE6C"/>
+    <w:rsid w:val="00FE28DB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="274" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="System"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="35B34851C2464528ACADE4454A88119C12">
-[...1 lines deleted...]
-    <w:rsid w:val="00C804C1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="35B34851C2464528ACADE4454A88119C">
+    <w:name w:val="35B34851C2464528ACADE4454A88119C"/>
+    <w:rsid w:val="00FE28DB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="274" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="System"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="143859ACE6364F15B51397F51EFDC0606">
-[...1 lines deleted...]
-    <w:rsid w:val="00C804C1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="143859ACE6364F15B51397F51EFDC060">
+    <w:name w:val="143859ACE6364F15B51397F51EFDC060"/>
+    <w:rsid w:val="00FE28DB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="274" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="System"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6BD68C9A5B874C1F9393C7F44441D62C2">
-[...1 lines deleted...]
-    <w:rsid w:val="00C804C1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6BD68C9A5B874C1F9393C7F44441D62C">
+    <w:name w:val="6BD68C9A5B874C1F9393C7F44441D62C"/>
+    <w:rsid w:val="00FE28DB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="274" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="System"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="745EB9C0F0B945EDB1D4879FEA99CC0E2">
-[...1 lines deleted...]
-    <w:rsid w:val="00C804C1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="745EB9C0F0B945EDB1D4879FEA99CC0E">
+    <w:name w:val="745EB9C0F0B945EDB1D4879FEA99CC0E"/>
+    <w:rsid w:val="00FE28DB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="274" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="System"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4465C091293145E4AD3E36CAC510C3632">
-[...1 lines deleted...]
-    <w:rsid w:val="00C804C1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4465C091293145E4AD3E36CAC510C363">
+    <w:name w:val="4465C091293145E4AD3E36CAC510C363"/>
+    <w:rsid w:val="00FE28DB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="274" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="System"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4F80CA033BB040A2BED22B48EF61B37A2">
-[...1 lines deleted...]
-    <w:rsid w:val="00C804C1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4F80CA033BB040A2BED22B48EF61B37A">
+    <w:name w:val="4F80CA033BB040A2BED22B48EF61B37A"/>
+    <w:rsid w:val="00FE28DB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="274" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="System"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="89B8FA8EAB05436B9622E72A150A665412">
-[...1 lines deleted...]
-    <w:rsid w:val="00C804C1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="89B8FA8EAB05436B9622E72A150A6654">
+    <w:name w:val="89B8FA8EAB05436B9622E72A150A6654"/>
+    <w:rsid w:val="00FE28DB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="274" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="System"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F80C1B70DA594F128286E8DE4EBF0892">
+    <w:name w:val="F80C1B70DA594F128286E8DE4EBF0892"/>
+    <w:rsid w:val="00FE28DB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="274" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="System"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
     <a:clrScheme name="SGPK">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="737373"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="BFBFBF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="629F46"/>
       </a:accent1>
       <a:accent2>
@@ -8631,50 +8752,84 @@
     </a:custClr>
     <a:custClr>
       <a:srgbClr val="C895A3"/>
     </a:custClr>
   </a:custClrLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6">
+  <b:Source>
+    <b:Tag>Authr</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{BA01FD2C-EDFC-4D13-8F46-679005D5D2FB}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:NameList>
+          <b:Person>
+            <b:Last>Autor</b:Last>
+            <b:First>Anton</b:First>
+          </b:Person>
+        </b:NameList>
+      </b:Author>
+    </b:Author>
+    <b:Title>Titel</b:Title>
+    <b:Year>Jahr</b:Year>
+    <b:City>Ort</b:City>
+    <b:Publisher>Verleger</b:Publisher>
+    <b:RefOrder>1</b:RefOrder>
+  </b:Source>
+</b:Sources>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101000E594130A2AF244FBF3F304D904ED593" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="9c227ad3ab8d826471e210bb857ebfda">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c9077d15-72ed-4fec-bcfe-3472729e9195" xmlns:ns3="bc24777f-78b6-4f3c-a73a-d5fa08e4d537" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2a0acd45fe6cc66a06723547185abeb0" ns2:_="" ns3:_="">
     <xsd:import namespace="c9077d15-72ed-4fec-bcfe-3472729e9195"/>
     <xsd:import namespace="bc24777f-78b6-4f3c-a73a-d5fa08e4d537"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
@@ -8885,184 +9040,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="bc24777f-78b6-4f3c-a73a-d5fa08e4d537" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c9077d15-72ed-4fec-bcfe-3472729e9195">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-</b:Sources>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18CE05AB-C223-4D3F-9B5D-77A00AEDE37F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{691B9E7B-1F5D-4650-8E1E-7519107C4315}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE52C4F8-F7D1-4B34-B0E6-7D108C011AFA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c9077d15-72ed-4fec-bcfe-3472729e9195"/>
     <ds:schemaRef ds:uri="bc24777f-78b6-4f3c-a73a-d5fa08e4d537"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A000BED3-F54C-414D-A2A4-3CB9371644D5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="c9077d15-72ed-4fec-bcfe-3472729e9195"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="bc24777f-78b6-4f3c-a73a-d5fa08e4d537"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Brief</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>264</Words>
-  <Characters>1771</Characters>
+  <Words>306</Words>
+  <Characters>1928</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>16</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Erklärung zur Versicherung bei der sgpk</vt:lpstr>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1997</CharactersWithSpaces>
+  <CharactersWithSpaces>2230</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Erklärung zur Versicherung bei der sgpk</dc:title>
   <dc:creator>Frei Bea</dc:creator>
   <dc:description>erstellt durch Vorlagenbauer.ch</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000E594130A2AF244FBF3F304D904ED593</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">